--- v0 (2025-10-25)
+++ v1 (2025-12-25)
@@ -77,60 +77,60 @@
   <si>
     <t>Telefax</t>
   </si>
   <si>
     <t>Internet</t>
   </si>
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Dinslaken</t>
   </si>
   <si>
     <t>Große kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Wesel</t>
   </si>
   <si>
-    <t>Frau</t>
-[...8 lines deleted...]
-    <t>Eislöffel</t>
+    <t xml:space="preserve">Herrn </t>
+  </si>
+  <si>
+    <t>Bürgermeister</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Simon </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Panke </t>
   </si>
   <si>
     <t>Postfach 100540</t>
   </si>
   <si>
     <t>Platz d' Agen 1</t>
   </si>
   <si>
     <t>02064/660</t>
   </si>
   <si>
     <t>02064/6611400</t>
   </si>
   <si>
     <t>www.dinslaken.de</t>
   </si>
   <si>
     <t>information@dinslaken.de</t>
   </si>
   <si>
     <t>05170008</t>
   </si>
   <si>
     <t>Düsseldorf</t>
   </si>