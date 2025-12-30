--- v0 (2025-10-30)
+++ v1 (2025-12-30)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Alpen</t>
   </si>
   <si>
     <t>kreisangehörige Gemeinde</t>
   </si>
   <si>
     <t>Wesel</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Thomas</t>
-[...2 lines deleted...]
-    <t>Ahls</t>
+    <t>Ludger</t>
+  </si>
+  <si>
+    <t>Staymann</t>
   </si>
   <si>
     <t>Postfach 1140</t>
   </si>
   <si>
     <t>Rathausstr. 3-5</t>
   </si>
   <si>
     <t>02802/9120</t>
   </si>
   <si>
     <t>02802/912912</t>
   </si>
   <si>
     <t>www.alpen.de</t>
   </si>
   <si>
     <t>info@alpen.de</t>
   </si>
   <si>
     <t>05170004</t>
   </si>
   <si>
     <t>Düsseldorf</t>
   </si>