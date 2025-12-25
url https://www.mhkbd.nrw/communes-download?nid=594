--- v0 (2025-10-24)
+++ v1 (2025-12-25)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Schieder-Schwalenberg</t>
   </si>
   <si>
     <t>kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Lippe</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Jörg</t>
-[...2 lines deleted...]
-    <t>Bierwirth</t>
+    <t>Marco</t>
+  </si>
+  <si>
+    <t>Müllers</t>
   </si>
   <si>
     <t>Postfach 1265</t>
   </si>
   <si>
     <t xml:space="preserve">Domäne 3 </t>
   </si>
   <si>
     <t>05282 601-0</t>
   </si>
   <si>
     <t>05282 601-35</t>
   </si>
   <si>
     <t>www.schieder-schwalenberg.de</t>
   </si>
   <si>
     <t>info@schieder-schwalenberg.de</t>
   </si>
   <si>
     <t>05766060</t>
   </si>
   <si>
     <t>Detmold</t>
   </si>