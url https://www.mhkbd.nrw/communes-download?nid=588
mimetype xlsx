--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -83,51 +83,51 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Preußisch Oldendorf</t>
   </si>
   <si>
     <t>kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Minden-Lübbecke</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Marko</t>
+    <t>Marko Joachim</t>
   </si>
   <si>
     <t>Steiner</t>
   </si>
   <si>
     <t>Postfach 1260</t>
   </si>
   <si>
     <t xml:space="preserve">Rathausstr. 3 </t>
   </si>
   <si>
     <t>05742 9311-0</t>
   </si>
   <si>
     <t>05742 56 80</t>
   </si>
   <si>
     <t>www.preussischoldendorf.de</t>
   </si>
   <si>
     <t>info@preussischoldendorf.de</t>
   </si>
   <si>
     <t>05770036</t>
   </si>