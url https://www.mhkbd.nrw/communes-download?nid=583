--- v0 (2025-10-02)
+++ v1 (2025-12-05)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Oerlinghausen</t>
   </si>
   <si>
     <t>kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Lippe</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Dirk</t>
-[...2 lines deleted...]
-    <t>Becker</t>
+    <t>Peter</t>
+  </si>
+  <si>
+    <t>Heepmann</t>
   </si>
   <si>
     <t>Postfach 1344</t>
   </si>
   <si>
     <t>Rathausplatz 1</t>
   </si>
   <si>
     <t>05202 493 0</t>
   </si>
   <si>
     <t>05202 493 93</t>
   </si>
   <si>
     <t xml:space="preserve">www.oerlinghausen.de </t>
   </si>
   <si>
     <t>info@oerlinghausen.de</t>
   </si>
   <si>
     <t>05766056</t>
   </si>
   <si>
     <t>Detmold</t>
   </si>