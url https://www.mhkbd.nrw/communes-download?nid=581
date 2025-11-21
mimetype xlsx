--- v0 (2025-10-07)
+++ v1 (2025-11-21)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Minden</t>
   </si>
   <si>
     <t>Große kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Minden-Lübbecke</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Michael</t>
-[...2 lines deleted...]
-    <t>Jäcke</t>
+    <t>Peter</t>
+  </si>
+  <si>
+    <t>Kock</t>
   </si>
   <si>
     <t>Postfach 3080</t>
   </si>
   <si>
     <t xml:space="preserve">Kleiner Domhof 17 </t>
   </si>
   <si>
     <t>0571 890</t>
   </si>
   <si>
     <t>0571 89401</t>
   </si>
   <si>
     <t>www.minden.de</t>
   </si>
   <si>
     <t>info@minden.de</t>
   </si>
   <si>
     <t>05770024</t>
   </si>
   <si>
     <t>Detmold</t>
   </si>