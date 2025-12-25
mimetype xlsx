--- v0 (2025-10-25)
+++ v1 (2025-12-25)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Marienmünster</t>
   </si>
   <si>
     <t>kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Höxter</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Josef</t>
-[...2 lines deleted...]
-    <t>Suermann</t>
+    <t>Kai</t>
+  </si>
+  <si>
+    <t>Schöttler</t>
   </si>
   <si>
     <t>Postfach 1154</t>
   </si>
   <si>
     <t xml:space="preserve">Schulstr. 1 </t>
   </si>
   <si>
     <t>05276 9898-0</t>
   </si>
   <si>
     <t>05276 9898-90</t>
   </si>
   <si>
     <t>www.marienmuenster.de</t>
   </si>
   <si>
     <t>info@marienmuenster.de</t>
   </si>
   <si>
     <t>05762024</t>
   </si>
   <si>
     <t>Detmold</t>
   </si>