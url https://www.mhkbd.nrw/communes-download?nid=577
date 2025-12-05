--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Lübbecke</t>
   </si>
   <si>
     <t>Mittlere kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Minden-Lübbecke</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Frank</t>
-[...2 lines deleted...]
-    <t>Haberbosch</t>
+    <t>Philipp</t>
+  </si>
+  <si>
+    <t>Knappmeyer</t>
   </si>
   <si>
     <t>Postfach 1453</t>
   </si>
   <si>
     <t xml:space="preserve">Kreishausstr. 2-4 </t>
   </si>
   <si>
     <t>05741 276-0</t>
   </si>
   <si>
     <t>05741 276111</t>
   </si>
   <si>
     <t>www.luebbecke.de</t>
   </si>
   <si>
     <t>info@luebbecke.de</t>
   </si>
   <si>
     <t>05770020</t>
   </si>
   <si>
     <t>Detmold</t>
   </si>