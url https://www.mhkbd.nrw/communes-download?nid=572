--- v0 (2025-10-22)
+++ v1 (2025-12-25)
@@ -77,60 +77,60 @@
   <si>
     <t>Telefax</t>
   </si>
   <si>
     <t>Internet</t>
   </si>
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Langenberg</t>
   </si>
   <si>
     <t>kreisangehörige Gemeinde</t>
   </si>
   <si>
     <t>Gütersloh</t>
   </si>
   <si>
-    <t>Frau</t>
-[...8 lines deleted...]
-    <t>Mittag</t>
+    <t>Herrn</t>
+  </si>
+  <si>
+    <t>Bürgermeister</t>
+  </si>
+  <si>
+    <t>Klaus</t>
+  </si>
+  <si>
+    <t>Vorderbrüggen</t>
   </si>
   <si>
     <t>Postfach 1120</t>
   </si>
   <si>
     <t xml:space="preserve">Klutenbrinkstr. 5 </t>
   </si>
   <si>
     <t>05248 50 80</t>
   </si>
   <si>
     <t>05248 50 8 60</t>
   </si>
   <si>
     <t>www.langenberg.de</t>
   </si>
   <si>
     <t>gemeinde@langenberg.de</t>
   </si>
   <si>
     <t>05754024</t>
   </si>
   <si>
     <t>Detmold</t>
   </si>