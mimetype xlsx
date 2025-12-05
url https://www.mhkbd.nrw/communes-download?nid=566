--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -526,50 +526,53 @@
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
       <c r="O1" t="s">
         <v>14</v>
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="2" spans="1:18">
       <c r="A2" t="s">
         <v>18</v>
       </c>
       <c r="B2" t="s">
         <v>19</v>
       </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
         <v>21</v>
       </c>
       <c r="F2" t="s">
         <v>22</v>
       </c>
       <c r="G2" t="s">
         <v>23</v>
       </c>
       <c r="H2">
         <v>37669</v>
       </c>
       <c r="I2" t="s">
         <v>24</v>
       </c>
       <c r="J2">
         <v>37671</v>
       </c>
       <c r="K2" t="s">
         <v>18</v>
       </c>
       <c r="L2" t="s">