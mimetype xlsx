--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Horn-Bad Meinberg</t>
   </si>
   <si>
     <t>kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Lippe</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Heinz-Dieter</t>
-[...2 lines deleted...]
-    <t>Krüger</t>
+    <t>Michael Robert</t>
+  </si>
+  <si>
+    <t>Ruttner</t>
   </si>
   <si>
     <t>Postfach 1261</t>
   </si>
   <si>
     <t>Marktplatz 4</t>
   </si>
   <si>
     <t>05234 201 0</t>
   </si>
   <si>
     <t>05234 201 222</t>
   </si>
   <si>
     <t>www.horn-badmeinberg.de</t>
   </si>
   <si>
     <t>post@horn-badmeinberg.de</t>
   </si>
   <si>
     <t>05766032</t>
   </si>
   <si>
     <t>Detmold</t>
   </si>