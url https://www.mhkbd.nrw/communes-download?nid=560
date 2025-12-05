--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -74,60 +74,60 @@
   <si>
     <t>Telefon</t>
   </si>
   <si>
     <t>Telefax</t>
   </si>
   <si>
     <t>Internet</t>
   </si>
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Herford</t>
   </si>
   <si>
     <t>Große kreisangehörige Stadt</t>
   </si>
   <si>
-    <t>Herrn</t>
-[...8 lines deleted...]
-    <t>Kähler</t>
+    <t>Frau</t>
+  </si>
+  <si>
+    <t>Bürgermeisterin</t>
+  </si>
+  <si>
+    <t>Anke</t>
+  </si>
+  <si>
+    <t>Theisen</t>
   </si>
   <si>
     <t>Postfach 2843</t>
   </si>
   <si>
     <t xml:space="preserve">Rathausplatz 1 </t>
   </si>
   <si>
     <t>05221 189-0</t>
   </si>
   <si>
     <t>05221 189-800</t>
   </si>
   <si>
     <t>www.herford.de</t>
   </si>
   <si>
     <t>info@herford.de</t>
   </si>
   <si>
     <t>05758012</t>
   </si>
   <si>
     <t>Detmold</t>
   </si>