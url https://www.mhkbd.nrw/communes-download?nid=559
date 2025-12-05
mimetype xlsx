--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -80,54 +80,54 @@
   <si>
     <t>Internet</t>
   </si>
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Herford</t>
   </si>
   <si>
     <t>Kreis</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Landrat</t>
   </si>
   <si>
-    <t>Jürgen</t>
-[...2 lines deleted...]
-    <t>Müller</t>
+    <t>Mirco</t>
+  </si>
+  <si>
+    <t>Schmidt</t>
   </si>
   <si>
     <t xml:space="preserve">Amtshausstraße 3 </t>
   </si>
   <si>
     <t>05221 13-0</t>
   </si>
   <si>
     <t>05221 13-1902</t>
   </si>
   <si>
     <t>www.kreis-herford.de</t>
   </si>
   <si>
     <t>info@kreis-herford.de</t>
   </si>
   <si>
     <t>05758000</t>
   </si>
   <si>
     <t>Detmold</t>
   </si>
 </sst>
 </file>
 
@@ -523,50 +523,53 @@
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
       <c r="O1" t="s">
         <v>14</v>
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="2" spans="1:18">
       <c r="A2" t="s">
         <v>18</v>
       </c>
       <c r="B2" t="s">
         <v>19</v>
       </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
         <v>21</v>
       </c>
       <c r="F2" t="s">
         <v>22</v>
       </c>
       <c r="G2" t="s">
         <v>23</v>
       </c>
       <c r="J2">
         <v>32051</v>
       </c>
       <c r="K2" t="s">
         <v>18</v>
       </c>
       <c r="L2" t="s">
         <v>24</v>
       </c>
       <c r="M2" t="s">
         <v>25</v>
       </c>
       <c r="N2" t="s">