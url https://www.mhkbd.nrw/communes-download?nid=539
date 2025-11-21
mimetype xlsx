--- v0 (2025-10-06)
+++ v1 (2025-11-21)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Beverungen</t>
   </si>
   <si>
     <t>kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Höxter</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Hubertus</t>
-[...2 lines deleted...]
-    <t>Grimm</t>
+    <t>Tino</t>
+  </si>
+  <si>
+    <t>Wenkel</t>
   </si>
   <si>
     <t>Postfach 1364</t>
   </si>
   <si>
     <t xml:space="preserve">Weserstr. 12 </t>
   </si>
   <si>
     <t>05273 392-0</t>
   </si>
   <si>
     <t>05273 392-120</t>
   </si>
   <si>
     <t xml:space="preserve">www.beverungen.de </t>
   </si>
   <si>
     <t>info@beverungen.de</t>
   </si>
   <si>
     <t>05762008</t>
   </si>
   <si>
     <t>Detmold</t>
   </si>