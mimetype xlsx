--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Bad Driburg</t>
   </si>
   <si>
     <t>kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Höxter</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Burkhard</t>
-[...2 lines deleted...]
-    <t>Deppe</t>
+    <t>Tobias</t>
+  </si>
+  <si>
+    <t>Tölle</t>
   </si>
   <si>
     <t>Postfach 1455</t>
   </si>
   <si>
     <t xml:space="preserve">Am Rathausplatz 2 </t>
   </si>
   <si>
     <t>05253 88-0</t>
   </si>
   <si>
     <t>05253 88-135</t>
   </si>
   <si>
     <t xml:space="preserve">www.bad-driburg.de </t>
   </si>
   <si>
     <t>info@bad-driburg.de</t>
   </si>
   <si>
     <t>05762004</t>
   </si>
   <si>
     <t>Detmold</t>
   </si>