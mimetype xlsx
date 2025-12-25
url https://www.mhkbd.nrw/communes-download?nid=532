--- v0 (2025-10-22)
+++ v1 (2025-12-25)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Augustdorf</t>
   </si>
   <si>
     <t>kreisangehörige Gemeinde</t>
   </si>
   <si>
     <t>Lippe</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Thomas</t>
-[...2 lines deleted...]
-    <t>Katzer</t>
+    <t>Dr. Andreas Jürgen</t>
+  </si>
+  <si>
+    <t>Wulf</t>
   </si>
   <si>
     <t>Postfach 1140</t>
   </si>
   <si>
     <t xml:space="preserve">Pivitsheider Str. 16 </t>
   </si>
   <si>
     <t>05237 9710-0</t>
   </si>
   <si>
     <t>05237 97 10 37</t>
   </si>
   <si>
     <t>www.augustdorf.de</t>
   </si>
   <si>
     <t>info@augustdorf.de</t>
   </si>
   <si>
     <t>05766004</t>
   </si>
   <si>
     <t>Detmold</t>
   </si>