--- v0 (2025-10-01)
+++ v1 (2025-12-05)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Werdohl</t>
   </si>
   <si>
     <t>Mittlere kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Märkischer Kreis</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Andreas</t>
-[...2 lines deleted...]
-    <t>Späinghaus</t>
+    <t>Dirk</t>
+  </si>
+  <si>
+    <t>Middendorf</t>
   </si>
   <si>
     <t>Postfach 1740</t>
   </si>
   <si>
     <t>Goethestr. 51</t>
   </si>
   <si>
     <t>02392/9170</t>
   </si>
   <si>
     <t>02392/917238</t>
   </si>
   <si>
     <t>www.werdohl.de</t>
   </si>
   <si>
     <t>post@werdohl.de</t>
   </si>
   <si>
     <t>05962060</t>
   </si>
   <si>
     <t>Arnsberg</t>
   </si>