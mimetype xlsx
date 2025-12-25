--- v0 (2025-10-22)
+++ v1 (2025-12-25)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Warstein</t>
   </si>
   <si>
     <t>Mittlere kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Soest</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Dr. Thomas</t>
-[...2 lines deleted...]
-    <t>Schöne</t>
+    <t>Maximilian</t>
+  </si>
+  <si>
+    <t>Spinnrath</t>
   </si>
   <si>
     <t>Postfach 1309</t>
   </si>
   <si>
     <t>Dieplohstr.1</t>
   </si>
   <si>
     <t>02902/810</t>
   </si>
   <si>
     <t>02902/81216</t>
   </si>
   <si>
     <t>www.warstein.de</t>
   </si>
   <si>
     <t>post@warstein.de</t>
   </si>
   <si>
     <t>05974044</t>
   </si>
   <si>
     <t>Arnsberg</t>
   </si>