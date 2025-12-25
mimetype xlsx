--- v0 (2025-10-22)
+++ v1 (2025-12-25)
@@ -80,54 +80,54 @@
   <si>
     <t>Internet</t>
   </si>
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Soest</t>
   </si>
   <si>
     <t>Mittlere kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Dr. Eckhard Josef</t>
-[...2 lines deleted...]
-    <t>Ruthemeyer</t>
+    <t>Marcus</t>
+  </si>
+  <si>
+    <t>Schiffer</t>
   </si>
   <si>
     <t>Postfach 2252</t>
   </si>
   <si>
     <t>Am Vreithof 8</t>
   </si>
   <si>
     <t>02921/1030</t>
   </si>
   <si>
     <t>02921/1039999</t>
   </si>
   <si>
     <t>www.soest.de</t>
   </si>
   <si>
     <t>post@soest.de</t>
   </si>
   <si>
     <t>05974040</t>
   </si>
   <si>
     <t>Arnsberg</t>
   </si>