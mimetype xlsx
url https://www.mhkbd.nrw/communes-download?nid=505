--- v0 (2025-10-22)
+++ v1 (2026-02-21)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Plettenberg</t>
   </si>
   <si>
     <t>Mittlere kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Märkischer Kreis</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Ulrich</t>
-[...2 lines deleted...]
-    <t>Schulte</t>
+    <t>Ralf</t>
+  </si>
+  <si>
+    <t>Beßler</t>
   </si>
   <si>
     <t>Postfach 1560 /1580</t>
   </si>
   <si>
     <t>Grünestr. 12</t>
   </si>
   <si>
     <t>02391/9230</t>
   </si>
   <si>
     <t>02391/923128</t>
   </si>
   <si>
     <t>www.plettenberg.de</t>
   </si>
   <si>
     <t>post@plettenberg.de</t>
   </si>
   <si>
     <t>05962052</t>
   </si>
   <si>
     <t>Arnsberg</t>
   </si>