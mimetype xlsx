--- v0 (2025-10-22)
+++ v1 (2025-12-25)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Kreuztal</t>
   </si>
   <si>
     <t>Mittlere kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Siegen-Wittgenstein</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Walter</t>
-[...2 lines deleted...]
-    <t>Kiß</t>
+    <t>Michael</t>
+  </si>
+  <si>
+    <t>Kolodzig</t>
   </si>
   <si>
     <t>Postfach 1660</t>
   </si>
   <si>
     <t>Siegener Str. 5</t>
   </si>
   <si>
     <t>02732/510</t>
   </si>
   <si>
     <t>02732/4534</t>
   </si>
   <si>
     <t>www.kreuztal.de</t>
   </si>
   <si>
     <t>stadt.kreuztal@kreuztal.de</t>
   </si>
   <si>
     <t>05970024</t>
   </si>
   <si>
     <t>Arnsberg</t>
   </si>