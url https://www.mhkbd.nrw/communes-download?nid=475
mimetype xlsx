--- v0 (2025-10-22)
+++ v1 (2025-12-25)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Herdecke</t>
   </si>
   <si>
     <t>Mittlere kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Ennepe-Ruhr</t>
   </si>
   <si>
     <t>Frau</t>
   </si>
   <si>
     <t>Bürgermeisterin</t>
   </si>
   <si>
-    <t>Dr. Katja</t>
-[...2 lines deleted...]
-    <t>Strauss-Köster</t>
+    <t>Ute</t>
+  </si>
+  <si>
+    <t>Stalzer</t>
   </si>
   <si>
     <t>Postfach 1561</t>
   </si>
   <si>
     <t>Kirchplatz 3</t>
   </si>
   <si>
     <t>02330/611-0</t>
   </si>
   <si>
     <t>02330/61115555</t>
   </si>
   <si>
     <t>www.herdecke.de</t>
   </si>
   <si>
     <t>stadtverwaltung@herdecke.de</t>
   </si>
   <si>
     <t>05954020</t>
   </si>
   <si>
     <t>Arnsberg</t>
   </si>