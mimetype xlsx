--- v0 (2025-10-15)
+++ v1 (2026-02-21)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Halver</t>
   </si>
   <si>
     <t>kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Märkischer Kreis</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Michael</t>
-[...2 lines deleted...]
-    <t>Brosch</t>
+    <t>Armin</t>
+  </si>
+  <si>
+    <t>Kibbert</t>
   </si>
   <si>
     <t>Postfach 1453</t>
   </si>
   <si>
     <t>Thomasstr. 18</t>
   </si>
   <si>
     <t>02353/730</t>
   </si>
   <si>
     <t>02353/73116</t>
   </si>
   <si>
     <t>www.halver.de</t>
   </si>
   <si>
     <t>post@halver.de</t>
   </si>
   <si>
     <t>05962012</t>
   </si>
   <si>
     <t>Arnsberg</t>
   </si>