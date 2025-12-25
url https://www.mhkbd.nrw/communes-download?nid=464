--- v0 (2025-10-25)
+++ v1 (2025-12-25)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Finnentrop</t>
   </si>
   <si>
     <t>kreisangehörige Gemeinde</t>
   </si>
   <si>
     <t>Olpe</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
+    <t>Achim</t>
+  </si>
+  <si>
     <t>Henkel</t>
-  </si>
-[...1 lines deleted...]
-    <t>Achim</t>
   </si>
   <si>
     <t>Postfach 220</t>
   </si>
   <si>
     <t>Am Markt 1</t>
   </si>
   <si>
     <t>02721/5120</t>
   </si>
   <si>
     <t>02721/6958</t>
   </si>
   <si>
     <t>www.finnentrop.de</t>
   </si>
   <si>
     <t>rathaus@finnentrop.de</t>
   </si>
   <si>
     <t>05966012</t>
   </si>
   <si>
     <t>Arnsberg</t>
   </si>