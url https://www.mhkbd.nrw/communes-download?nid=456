--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -80,54 +80,54 @@
   <si>
     <t>Internet</t>
   </si>
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Dortmund</t>
   </si>
   <si>
     <t>kreisfreie Stadt</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Oberbürgermeister</t>
   </si>
   <si>
-    <t>Thomas</t>
-[...2 lines deleted...]
-    <t>Westphal</t>
+    <t>Alexander</t>
+  </si>
+  <si>
+    <t>Kalouti</t>
   </si>
   <si>
     <t>Friedensplatz 1</t>
   </si>
   <si>
     <t>0231/500</t>
   </si>
   <si>
     <t>0231/5022877</t>
   </si>
   <si>
     <t>www.dortmund.de</t>
   </si>
   <si>
     <t>oberbuergermeister@dortmund.de</t>
   </si>
   <si>
     <t>05913000</t>
   </si>
   <si>
     <t>Arnsberg</t>
   </si>
 </sst>
 </file>
 