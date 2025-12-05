--- v0 (2025-10-01)
+++ v1 (2025-12-05)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Burbach</t>
   </si>
   <si>
     <t>kreisangehörige Gemeinde</t>
   </si>
   <si>
     <t>Siegen-Wittgenstein</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Christoph</t>
-[...2 lines deleted...]
-    <t>Ewers</t>
+    <t>Jonas</t>
+  </si>
+  <si>
+    <t>Becker</t>
   </si>
   <si>
     <t>Postfach 1120</t>
   </si>
   <si>
     <t>Eicher Weg 13</t>
   </si>
   <si>
     <t>02736/450</t>
   </si>
   <si>
     <t>02736/4555</t>
   </si>
   <si>
     <t>www.burbach-siegerland.de</t>
   </si>
   <si>
     <t>rathaus@burbach-siegerland.de</t>
   </si>
   <si>
     <t>05970008</t>
   </si>
   <si>
     <t>Arnsberg</t>
   </si>