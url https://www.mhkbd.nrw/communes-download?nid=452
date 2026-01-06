--- v0 (2025-10-15)
+++ v1 (2026-01-06)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Bönen</t>
   </si>
   <si>
     <t>kreisangehörige Gemeinde</t>
   </si>
   <si>
     <t>Unna</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Stephan</t>
-[...2 lines deleted...]
-    <t>Rotering</t>
+    <t>Nils</t>
+  </si>
+  <si>
+    <t>Böckmann</t>
   </si>
   <si>
     <t>Postfach 1241</t>
   </si>
   <si>
     <t>Am Bahnhof 7</t>
   </si>
   <si>
     <t>02383/9330</t>
   </si>
   <si>
     <t>02383/933119</t>
   </si>
   <si>
     <t>www.boenen.de</t>
   </si>
   <si>
     <t>post@boenen.de</t>
   </si>
   <si>
     <t>05978008</t>
   </si>
   <si>
     <t>Arnsberg</t>
   </si>