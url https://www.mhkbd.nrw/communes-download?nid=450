--- v0 (2025-10-13)
+++ v1 (2026-02-21)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Bestwig</t>
   </si>
   <si>
     <t>kreisangehörige Gemeinde</t>
   </si>
   <si>
     <t>Hochsauerlandkreis</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Ralf Stefan</t>
-[...2 lines deleted...]
-    <t>Péus</t>
+    <t>Christoph</t>
+  </si>
+  <si>
+    <t>Rosenau</t>
   </si>
   <si>
     <t>Postfach 1163</t>
   </si>
   <si>
     <t>Rathausplatz 1</t>
   </si>
   <si>
     <t>02904/9870</t>
   </si>
   <si>
     <t>02904/987274</t>
   </si>
   <si>
     <t>www.bestwig.de</t>
   </si>
   <si>
     <t>gemeinde@bestwig.de</t>
   </si>
   <si>
     <t>05958008</t>
   </si>
   <si>
     <t>Arnsberg</t>
   </si>