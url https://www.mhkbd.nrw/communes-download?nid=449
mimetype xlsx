--- v0 (2025-10-22)
+++ v1 (2025-12-25)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Bergkamen</t>
   </si>
   <si>
     <t>Mittlere kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Unna</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Bernd</t>
-[...2 lines deleted...]
-    <t>Schäfer</t>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>Heinzel</t>
   </si>
   <si>
     <t>Postfach 1560</t>
   </si>
   <si>
     <t>Rathausplatz 1</t>
   </si>
   <si>
     <t>02307/9650</t>
   </si>
   <si>
     <t>02307/69299</t>
   </si>
   <si>
     <t>www.bergkamen.de</t>
   </si>
   <si>
     <t>info@bergkamen.de</t>
   </si>
   <si>
     <t>05978004</t>
   </si>
   <si>
     <t>Arnsberg</t>
   </si>