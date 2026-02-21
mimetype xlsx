--- v0 (2025-10-25)
+++ v1 (2026-02-21)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Bad Berleburg</t>
   </si>
   <si>
     <t>kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Siegen-Wittgenstein</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Bernd</t>
-[...2 lines deleted...]
-    <t>Fuhrmann</t>
+    <t>Volker</t>
+  </si>
+  <si>
+    <t>Sonneborn</t>
   </si>
   <si>
     <t>Postfach 1680</t>
   </si>
   <si>
     <t>Poststr. 42</t>
   </si>
   <si>
     <t>02751/9230</t>
   </si>
   <si>
     <t>02751/923288</t>
   </si>
   <si>
     <t>www.bad-berleburg.de</t>
   </si>
   <si>
     <t>info@bad-berleburg.de</t>
   </si>
   <si>
     <t>05970004</t>
   </si>
   <si>
     <t>Arnsberg</t>
   </si>