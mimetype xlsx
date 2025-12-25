--- v0 (2025-10-22)
+++ v1 (2025-12-25)
@@ -83,54 +83,54 @@
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>Reg-Bez</t>
   </si>
   <si>
     <t>Altena</t>
   </si>
   <si>
     <t>Mittlere kreisangehörige Stadt</t>
   </si>
   <si>
     <t>Märkischer Kreis</t>
   </si>
   <si>
     <t>Herrn</t>
   </si>
   <si>
     <t>Bürgermeister</t>
   </si>
   <si>
-    <t>Uwe</t>
-[...2 lines deleted...]
-    <t>Kober</t>
+    <t>Guido</t>
+  </si>
+  <si>
+    <t>Thal</t>
   </si>
   <si>
     <t>Postfach 1654</t>
   </si>
   <si>
     <t>Lüdenscheider Str. 22</t>
   </si>
   <si>
     <t>02352/2090</t>
   </si>
   <si>
     <t>02352/209203</t>
   </si>
   <si>
     <t>www.altena.de</t>
   </si>
   <si>
     <t>post@altena.de</t>
   </si>
   <si>
     <t>05962004</t>
   </si>
   <si>
     <t>Arnsberg</t>
   </si>